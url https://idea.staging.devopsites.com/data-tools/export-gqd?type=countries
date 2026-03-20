--- v0 (2025-12-17)
+++ v1 (2026-03-20)
@@ -32,70 +32,70 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="407">
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Quota Type(s)</t>
   </si>
   <si>
     <t>Total women in Single/Lower House</t>
   </si>
   <si>
     <t>Percentage of women in Single/ Lower House</t>
   </si>
   <si>
     <t>Gender Quota Target(s)</t>
   </si>
   <si>
     <t>Albania</t>
   </si>
   <si>
-    <t>Legislated quotas at the Sub-national level
-Legislated quotas for the Single/Lower House</t>
+    <t>Legislated quotas for the Single/Lower House
+Legislated quotas at the Sub-national level</t>
   </si>
   <si>
     <t>49 of 140</t>
   </si>
   <si>
     <t>35%</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 33.00%
 Gender Quota target for the Sub-national level 50.00%</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
     <t>Legislated quotas at the Sub-national level
-Voluntary quotas adopted by political parties
-Legislated quotas for the Single/Lower House</t>
+Legislated quotas for the Single/Lower House
+Voluntary quotas adopted by political parties</t>
   </si>
   <si>
     <t>32 of 407</t>
   </si>
   <si>
     <t>8%</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 50.00%
 Gender Quota target for the Sub-national level 50.00%</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
     <t>Legislated quotas for the Single/Lower House
 Legislated quotas at the Sub-national level
 Voluntary quotas adopted by political parties</t>
   </si>
   <si>
     <t>14 of 28</t>
   </si>
   <si>
     <t>50%</t>
   </si>
@@ -117,1258 +117,1256 @@
   </si>
   <si>
     <t>Argentina</t>
   </si>
   <si>
     <t>Legislated quotas for the Upper House
 Legislated quotas at the Sub-national level
 Legislated quotas for the Single/Lower House
 Voluntary quotas adopted by political parties</t>
   </si>
   <si>
     <t>109 of 257</t>
   </si>
   <si>
     <t>42%</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 50.00%
 Gender Quota target for the Upper House 50.00%
 Gender Quota target for the Sub-national level 30.00%</t>
   </si>
   <si>
     <t>Armenia</t>
   </si>
   <si>
+    <t>Voluntary quotas adopted by political parties
+Legislated quotas for the Single/Lower House
+Legislated quotas at the Sub-national level</t>
+  </si>
+  <si>
+    <t>41 of 107</t>
+  </si>
+  <si>
+    <t>38%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 30.00%
+Gender Quota target for the Sub-national level 30.00%</t>
+  </si>
+  <si>
+    <t>Australia</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Upper House
+Voluntary quotas adopted by political parties</t>
+  </si>
+  <si>
+    <t>69 of 151</t>
+  </si>
+  <si>
+    <t>46%</t>
+  </si>
+  <si>
+    <t>Austria</t>
+  </si>
+  <si>
+    <t>65 of 183</t>
+  </si>
+  <si>
+    <t>36%</t>
+  </si>
+  <si>
+    <t>Bangladesh</t>
+  </si>
+  <si>
+    <t>Legislated quotas at the Sub-national level
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>70 of 350</t>
+  </si>
+  <si>
+    <t>20%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 14.00%
+Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Belgium</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Single/Lower House
+Legislated quotas for the Upper House
+Legislated quotas at the Sub-national level</t>
+  </si>
+  <si>
+    <t>62 of 150</t>
+  </si>
+  <si>
+    <t>41%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 50.00%
+Gender Quota target for the Upper House 50.00%
+Gender Quota target for the Sub-national level 50.00%</t>
+  </si>
+  <si>
+    <t>Benin</t>
+  </si>
+  <si>
+    <t>Voluntary quotas adopted by political parties
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>29 of 109</t>
+  </si>
+  <si>
+    <t>27%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 22.00%</t>
+  </si>
+  <si>
+    <t>Bolivia</t>
+  </si>
+  <si>
+    <t>66 of 130</t>
+  </si>
+  <si>
+    <t>51%</t>
+  </si>
+  <si>
+    <t>Bosnia and Herzegovina</t>
+  </si>
+  <si>
+    <t>8 of 42</t>
+  </si>
+  <si>
+    <t>19%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 40.00%
+Gender Quota target for the Upper House 40.00%
+Gender Quota target for the Sub-national level 40.00%</t>
+  </si>
+  <si>
+    <t>Botswana</t>
+  </si>
+  <si>
+    <t>6 of 67</t>
+  </si>
+  <si>
+    <t>9%</t>
+  </si>
+  <si>
+    <t>Brazil</t>
+  </si>
+  <si>
+    <t>93 of 513</t>
+  </si>
+  <si>
+    <t>18%</t>
+  </si>
+  <si>
+    <t>Burkina Faso</t>
+  </si>
+  <si>
+    <t>Voluntary quotas adopted by political parties
+Legislated quotas at the Sub-national level
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>13 of 71</t>
+  </si>
+  <si>
+    <t>Burundi</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Upper House
+Legislated quotas at the Sub-national level
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>44 of 111</t>
+  </si>
+  <si>
+    <t>40%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 30.00%
+Gender Quota target for the Upper House 30.00%
+Gender Quota target for the Sub-national level 30.00%</t>
+  </si>
+  <si>
+    <t>Cabo Verde</t>
+  </si>
+  <si>
+    <t>32 of 72</t>
+  </si>
+  <si>
+    <t>44%</t>
+  </si>
+  <si>
+    <t>Cameroon</t>
+  </si>
+  <si>
+    <t>61 of 180</t>
+  </si>
+  <si>
+    <t>34%</t>
+  </si>
+  <si>
+    <t>Canada</t>
+  </si>
+  <si>
+    <t>104 of 343</t>
+  </si>
+  <si>
+    <t>30%</t>
+  </si>
+  <si>
+    <t>Central African Republic</t>
+  </si>
+  <si>
+    <t>16 of 140</t>
+  </si>
+  <si>
+    <t>11%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 35.00%
+Gender Quota target for the Sub-national level 35.00%</t>
+  </si>
+  <si>
+    <t>Chad</t>
+  </si>
+  <si>
+    <t>Legislated quotas at the Sub-national level
+Legislated quotas for the Upper House
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>63 of 188</t>
+  </si>
+  <si>
+    <t>Chile</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Single/Lower House
+Voluntary quotas adopted by political parties</t>
+  </si>
+  <si>
+    <t>54 of 155</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 40.00%
+Gender Quota target for the Upper House 40.00%</t>
+  </si>
+  <si>
+    <t>China</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>790 of 2977</t>
+  </si>
+  <si>
+    <t>Colombia</t>
+  </si>
+  <si>
+    <t>55 of 187</t>
+  </si>
+  <si>
+    <t>29%</t>
+  </si>
+  <si>
+    <t>Comoros</t>
+  </si>
+  <si>
+    <t>Legislated quotas at the Sub-national level</t>
+  </si>
+  <si>
+    <t>6 of 33</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Costa Rica</t>
+  </si>
+  <si>
     <t>Legislated quotas for the Single/Lower House
 Voluntary quotas adopted by political parties
 Legislated quotas at the Sub-national level</t>
   </si>
   <si>
-    <t>41 of 107</t>
-[...89 lines deleted...]
-    <t>Bosnia and Herzegovina</t>
+    <t>28 of 57</t>
+  </si>
+  <si>
+    <t>49%</t>
+  </si>
+  <si>
+    <t>Côte d'Ivoire</t>
   </si>
   <si>
     <t>Legislated quotas for the Upper House
 Voluntary quotas adopted by political parties
 Legislated quotas at the Sub-national level
 Legislated quotas for the Single/Lower House</t>
   </si>
   <si>
-    <t>8 of 42</t>
-[...28 lines deleted...]
-    <t>Burkina Faso</t>
+    <t>34 of 254</t>
+  </si>
+  <si>
+    <t>13%</t>
+  </si>
+  <si>
+    <t>Croatia</t>
+  </si>
+  <si>
+    <t>50 of 151</t>
+  </si>
+  <si>
+    <t>33%</t>
+  </si>
+  <si>
+    <t>Cyprus</t>
+  </si>
+  <si>
+    <t>8 of 56</t>
+  </si>
+  <si>
+    <t>14%</t>
+  </si>
+  <si>
+    <t>Czechia</t>
+  </si>
+  <si>
+    <t>51 of 200</t>
+  </si>
+  <si>
+    <t>26%</t>
+  </si>
+  <si>
+    <t>Djibouti</t>
+  </si>
+  <si>
+    <t>17 of 65</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 25.00%</t>
+  </si>
+  <si>
+    <t>Dominican Republic</t>
+  </si>
+  <si>
+    <t>70 of 190</t>
+  </si>
+  <si>
+    <t>37%</t>
+  </si>
+  <si>
+    <t>Ecuador</t>
+  </si>
+  <si>
+    <t>68 of 151</t>
+  </si>
+  <si>
+    <t>45%</t>
+  </si>
+  <si>
+    <t>Egypt</t>
+  </si>
+  <si>
+    <t>164 of 592</t>
+  </si>
+  <si>
+    <t>28%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 26.00%
+Gender Quota target for the Upper House 10.00%
+Gender Quota target for the Sub-national level 25.00%</t>
+  </si>
+  <si>
+    <t>El Salvador</t>
+  </si>
+  <si>
+    <t>19 of 60</t>
+  </si>
+  <si>
+    <t>32%</t>
+  </si>
+  <si>
+    <t>Equatorial Guinea</t>
+  </si>
+  <si>
+    <t>31 of 100</t>
+  </si>
+  <si>
+    <t>31%</t>
+  </si>
+  <si>
+    <t>Eritrea</t>
+  </si>
+  <si>
+    <t>0 of 150</t>
+  </si>
+  <si>
+    <t>0%</t>
+  </si>
+  <si>
+    <t>Eswatini</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Single/Lower House
+Legislated quotas for the Upper House</t>
+  </si>
+  <si>
+    <t>16 of 74</t>
+  </si>
+  <si>
+    <t>22%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 30.00%
+Gender Quota target for the Upper House 16.00%</t>
+  </si>
+  <si>
+    <t>France</t>
   </si>
   <si>
     <t>Voluntary quotas adopted by political parties
 Legislated quotas at the Sub-national level
-Legislated quotas for the Single/Lower House</t>
-[...68 lines deleted...]
-    <t>Chad</t>
+Legislated quotas for the Single/Lower House
+Legislated quotas for the Upper House</t>
+  </si>
+  <si>
+    <t>208 of 575</t>
+  </si>
+  <si>
+    <t>Gabon</t>
   </si>
   <si>
     <t>Legislated quotas for the Upper House
 Legislated quotas for the Single/Lower House
 Legislated quotas at the Sub-national level</t>
   </si>
   <si>
-    <t>63 of 188</t>
-[...42 lines deleted...]
-    <t>Costa Rica</t>
+    <t>30 of 139</t>
+  </si>
+  <si>
+    <t>Germany</t>
+  </si>
+  <si>
+    <t>204 of 630</t>
+  </si>
+  <si>
+    <t>Ghana</t>
+  </si>
+  <si>
+    <t>40 of 275</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 30.00%</t>
+  </si>
+  <si>
+    <t>Greece</t>
+  </si>
+  <si>
+    <t>68 of 297</t>
+  </si>
+  <si>
+    <t>23%</t>
+  </si>
+  <si>
+    <t>Guatemala</t>
+  </si>
+  <si>
+    <t>32 of 160</t>
+  </si>
+  <si>
+    <t>Guinea</t>
+  </si>
+  <si>
+    <t>24 of 81</t>
+  </si>
+  <si>
+    <t>Guinea-Bissau</t>
+  </si>
+  <si>
+    <t>10 of 102</t>
+  </si>
+  <si>
+    <t>10%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 36.00%
+Gender Quota target for the Sub-national level 36.00%</t>
+  </si>
+  <si>
+    <t>Guyana</t>
+  </si>
+  <si>
+    <t>24 of 65</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 33.00%</t>
+  </si>
+  <si>
+    <t>Haiti</t>
   </si>
   <si>
     <t>Legislated quotas at the Sub-national level
 Legislated quotas for the Single/Lower House
+Legislated quotas for the Upper House</t>
+  </si>
+  <si>
+    <t>0 of 119</t>
+  </si>
+  <si>
+    <t>Honduras</t>
+  </si>
+  <si>
+    <t>Legislated quotas at the Sub-national level
+Voluntary quotas adopted by political parties
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>35 of 128</t>
+  </si>
+  <si>
+    <t>Hungary</t>
+  </si>
+  <si>
+    <t>30 of 199</t>
+  </si>
+  <si>
+    <t>Iceland</t>
+  </si>
+  <si>
+    <t>29 of 63</t>
+  </si>
+  <si>
+    <t>India</t>
+  </si>
+  <si>
+    <t>75 of 544</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 33.00%
+Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>127 of 580</t>
+  </si>
+  <si>
+    <t>Iraq</t>
+  </si>
+  <si>
+    <t>95 of 329</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 25.00%
+Gender Quota target for the Sub-national level 25.00%</t>
+  </si>
+  <si>
+    <t>Ireland</t>
+  </si>
+  <si>
+    <t>44 of 174</t>
+  </si>
+  <si>
+    <t>25%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 40.00%</t>
+  </si>
+  <si>
+    <t>Israel</t>
+  </si>
+  <si>
+    <t>29 of 120</t>
+  </si>
+  <si>
+    <t>24%</t>
+  </si>
+  <si>
+    <t>Italy</t>
+  </si>
+  <si>
+    <t>131 of 400</t>
+  </si>
+  <si>
+    <t>Japan</t>
+  </si>
+  <si>
+    <t>73 of 465</t>
+  </si>
+  <si>
+    <t>16%</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>27 of 138</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 23.00%
+Gender Quota target for the Sub-national level 25.00%</t>
+  </si>
+  <si>
+    <t>Kazakhstan</t>
+  </si>
+  <si>
+    <t>18 of 98</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>Voluntary quotas adopted by political parties
+Legislated quotas at the Sub-national level
+Legislated quotas for the Upper House
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>80 of 342</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 33.00%
+Gender Quota target for the Upper House 26.00%
+Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Korea, Republic of</t>
+  </si>
+  <si>
+    <t>61 of 300</t>
+  </si>
+  <si>
+    <t>Kosovo</t>
+  </si>
+  <si>
+    <t>40 of 120</t>
+  </si>
+  <si>
+    <t>Kyrgyzstan</t>
+  </si>
+  <si>
+    <t>20 of 90</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>30 of 120</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 50.00%
+Gender Quota target for the Sub-national level 30.00%</t>
+  </si>
+  <si>
+    <t>Liberia</t>
+  </si>
+  <si>
+    <t>Legislated quotas for the Upper House
+Legislated quotas at the Sub-national level
+Voluntary quotas adopted by political parties
+Legislated quotas for the Single/Lower House</t>
+  </si>
+  <si>
+    <t>8 of 73</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 30.00%
+Gender Quota target for the Upper House 30.00%
+Gender Quota target for the Sub-national level 38.00%</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>28 of 170</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 16.00%</t>
+  </si>
+  <si>
+    <t>Lithuania</t>
+  </si>
+  <si>
+    <t>40 of 141</t>
+  </si>
+  <si>
+    <t>Luxembourg</t>
+  </si>
+  <si>
+    <t>21 of 60</t>
+  </si>
+  <si>
+    <t>Malawi</t>
+  </si>
+  <si>
+    <t>48 of 224</t>
+  </si>
+  <si>
+    <t>21%</t>
+  </si>
+  <si>
+    <t>Malaysia</t>
+  </si>
+  <si>
+    <t>30 of 222</t>
+  </si>
+  <si>
+    <t>Maldives</t>
+  </si>
+  <si>
+    <t>3 of 93</t>
+  </si>
+  <si>
+    <t>3%</t>
+  </si>
+  <si>
+    <t>Mali</t>
+  </si>
+  <si>
+    <t>40 of 137</t>
+  </si>
+  <si>
+    <t>Malta</t>
+  </si>
+  <si>
+    <t>23 of 79</t>
+  </si>
+  <si>
+    <t>Mauritania</t>
+  </si>
+  <si>
+    <t>41 of 176</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 13.00%
+Gender Quota target for the Sub-national level 19.00%</t>
+  </si>
+  <si>
+    <t>Mauritius</t>
+  </si>
+  <si>
+    <t>Legislated quotas at the Sub-national level
 Voluntary quotas adopted by political parties</t>
   </si>
   <si>
-    <t>28 of 57</t>
-[...82 lines deleted...]
-    <t>El Salvador</t>
+    <t>12 of 67</t>
+  </si>
+  <si>
+    <t>Mexico</t>
+  </si>
+  <si>
+    <t>251 of 500</t>
+  </si>
+  <si>
+    <t>Moldova, Republic of</t>
+  </si>
+  <si>
+    <t>38 of 101</t>
+  </si>
+  <si>
+    <t>Mongolia</t>
+  </si>
+  <si>
+    <t>32 of 126</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 40.00%
+Gender Quota target for the Sub-national level 30.00%</t>
+  </si>
+  <si>
+    <t>Montenegro</t>
+  </si>
+  <si>
+    <t>22 of 81</t>
+  </si>
+  <si>
+    <t>Morocco</t>
+  </si>
+  <si>
+    <t>96 of 395</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 15.00%
+Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Mozambique</t>
+  </si>
+  <si>
+    <t>0 of 250</t>
+  </si>
+  <si>
+    <t>Namibia</t>
+  </si>
+  <si>
+    <t>Voluntary quotas adopted by political parties
+Legislated quotas at the Sub-national level</t>
+  </si>
+  <si>
+    <t>44 of 104</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Sub-national level 40.00%</t>
+  </si>
+  <si>
+    <t>Nepal</t>
+  </si>
+  <si>
+    <t>0 of 0</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 33.00%
+Gender Quota target for the Upper House 2.00%
+Gender Quota target for the Sub-national level 33.00%</t>
+  </si>
+  <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
+    <t>59 of 150</t>
+  </si>
+  <si>
+    <t>New Zealand</t>
+  </si>
+  <si>
+    <t>56 of 123</t>
+  </si>
+  <si>
+    <t>Nicaragua</t>
+  </si>
+  <si>
+    <t>50 of 91</t>
+  </si>
+  <si>
+    <t>55%</t>
+  </si>
+  <si>
+    <t>Niger</t>
+  </si>
+  <si>
+    <t>38 of 194</t>
+  </si>
+  <si>
+    <t>North Macedonia, Republic of</t>
+  </si>
+  <si>
+    <t>47 of 120</t>
+  </si>
+  <si>
+    <t>Norway</t>
+  </si>
+  <si>
+    <t>68 of 169</t>
+  </si>
+  <si>
+    <t>Pakistan</t>
+  </si>
+  <si>
+    <t>53 of 311</t>
+  </si>
+  <si>
+    <t>17%</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 18.00%
+Gender Quota target for the Upper House 18.00%
+Gender Quota target for the Sub-national level 16.00%</t>
+  </si>
+  <si>
+    <t>Panama</t>
+  </si>
+  <si>
+    <t>15 of 69</t>
+  </si>
+  <si>
+    <t>Papua New Guinea</t>
+  </si>
+  <si>
+    <t>3 of 111</t>
+  </si>
+  <si>
+    <t>Paraguay</t>
   </si>
   <si>
     <t>Voluntary quotas adopted by political parties
 Legislated quotas for the Single/Lower House
+Legislated quotas for the Upper House
 Legislated quotas at the Sub-national level</t>
   </si>
   <si>
-    <t>19 of 60</t>
-[...33 lines deleted...]
-    <t>22%</t>
+    <t>19 of 80</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 20.00%
+Gender Quota target for the Upper House 20.00%
+Gender Quota target for the Sub-national level 20.00%</t>
+  </si>
+  <si>
+    <t>Peru</t>
+  </si>
+  <si>
+    <t>54 of 130</t>
+  </si>
+  <si>
+    <t>Philippines</t>
+  </si>
+  <si>
+    <t>0 of 314</t>
+  </si>
+  <si>
+    <t>Poland</t>
+  </si>
+  <si>
+    <t>144 of 460</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 35.00%
+Gender Quota target for the Upper House 35.00%
+Gender Quota target for the Sub-national level 35.00%</t>
+  </si>
+  <si>
+    <t>Portugal</t>
+  </si>
+  <si>
+    <t>82 of 230</t>
+  </si>
+  <si>
+    <t>Republic of The Congo (Brazzaville)</t>
+  </si>
+  <si>
+    <t>22 of 151</t>
+  </si>
+  <si>
+    <t>Romania</t>
+  </si>
+  <si>
+    <t>74 of 331</t>
+  </si>
+  <si>
+    <t>Rwanda</t>
+  </si>
+  <si>
+    <t>51 of 80</t>
+  </si>
+  <si>
+    <t>64%</t>
+  </si>
+  <si>
+    <t>Samoa</t>
+  </si>
+  <si>
+    <t>5 of 51</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 10.00%</t>
+  </si>
+  <si>
+    <t>San Marino</t>
+  </si>
+  <si>
+    <t>São Tomé and Príncipe</t>
+  </si>
+  <si>
+    <t>8 of 55</t>
+  </si>
+  <si>
+    <t>Saudi Arabia</t>
+  </si>
+  <si>
+    <t>30 of 151</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 20.00%</t>
+  </si>
+  <si>
+    <t>Senegal</t>
+  </si>
+  <si>
+    <t>68 of 165</t>
+  </si>
+  <si>
+    <t>Serbia</t>
+  </si>
+  <si>
+    <t>93 of 250</t>
+  </si>
+  <si>
+    <t>Sierra Leone</t>
+  </si>
+  <si>
+    <t>44 of 149</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 33.00%
+Gender Quota target for the Sub-national level 30.00%</t>
+  </si>
+  <si>
+    <t>Slovakia</t>
+  </si>
+  <si>
+    <t>35 of 150</t>
+  </si>
+  <si>
+    <t>Slovenia</t>
+  </si>
+  <si>
+    <t>32 of 90</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 35.00%
+Gender Quota target for the Sub-national level 40.00%</t>
+  </si>
+  <si>
+    <t>Solomon Islands</t>
+  </si>
+  <si>
+    <t>3 of 50</t>
+  </si>
+  <si>
+    <t>6%</t>
+  </si>
+  <si>
+    <t>Somalia</t>
+  </si>
+  <si>
+    <t>52 of 275</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 30.00%
-Gender Quota target for the Upper House 16.00%</t>
-[...111 lines deleted...]
-    <t>Gender Quota target for the Single/Lower House 33.00%
+Gender Quota target for the Upper House 30.00%</t>
+  </si>
+  <si>
+    <t>South Africa</t>
+  </si>
+  <si>
+    <t>178 of 399</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Sub-national level 50.00%</t>
+  </si>
+  <si>
+    <t>South Sudan</t>
+  </si>
+  <si>
+    <t>178 of 550</t>
+  </si>
+  <si>
+    <t>Spain</t>
+  </si>
+  <si>
+    <t>155 of 350</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 40.00%
+Gender Quota target for the Upper House 50.00%
+Gender Quota target for the Sub-national level 40.00%</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>22 of 225</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Sub-national level 25.00%</t>
+  </si>
+  <si>
+    <t>State of Palestine</t>
+  </si>
+  <si>
+    <t>17 of 132</t>
+  </si>
+  <si>
+    <t>Sudan</t>
+  </si>
+  <si>
+    <t>Sweden</t>
+  </si>
+  <si>
+    <t>157 of 349</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>78 of 200</t>
+  </si>
+  <si>
+    <t>Taiwan</t>
+  </si>
+  <si>
+    <t>47 of 113</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 50.00%
+Gender Quota target for the Sub-national level 25.00%</t>
+  </si>
+  <si>
+    <t>Tanzania, United Republic of</t>
+  </si>
+  <si>
+    <t>148 of 392</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>97 of 495</t>
+  </si>
+  <si>
+    <t>Timor-Leste</t>
+  </si>
+  <si>
+    <t>23 of 65</t>
+  </si>
+  <si>
+    <t>Togo</t>
+  </si>
+  <si>
+    <t>17 of 113</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 50.00%</t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>24 of 152</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>118 of 593</t>
+  </si>
+  <si>
+    <t>Uganda</t>
+  </si>
+  <si>
+    <t>189 of 555</t>
+  </si>
+  <si>
+    <t>Gender Quota target for the Single/Lower House 25.00%
 Gender Quota target for the Sub-national level 33.00%</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...67 lines deleted...]
-    <t>Kenya</t>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>85 of 401</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>20 of 40</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>263 of 650</t>
+  </si>
+  <si>
+    <t>Uruguay</t>
   </si>
   <si>
     <t>Legislated quotas at the Sub-national level
 Legislated quotas for the Upper House
 Legislated quotas for the Single/Lower House
 Voluntary quotas adopted by political parties</t>
   </si>
   <si>
-    <t>80 of 342</t>
-[...569 lines deleted...]
-  <si>
     <t>31 of 99</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 33.00%
 Gender Quota target for the Upper House 33.00%
 Gender Quota target for the Sub-national level 33.00%</t>
   </si>
   <si>
     <t>Uzbekistan</t>
   </si>
   <si>
     <t>57 of 150</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
     <t>1 of 52</t>
   </si>
   <si>
     <t>2%</t>
   </si>
   <si>
     <t>Gender Quota target for the Sub-national level 26.00%</t>
   </si>
   <si>
     <t>Venezuela</t>
   </si>
   <si>
     <t>0 of 285</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 40.00%
 Gender Quota target for the Sub-national level 50.00%</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>150 of 478</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
-    <t>Voluntary quotas adopted by political parties
+    <t>Legislated quotas at the Sub-national level
+Voluntary quotas adopted by political parties
 Legislated quotas for the Upper House
-Legislated quotas for the Single/Lower House
-Legislated quotas at the Sub-national level</t>
+Legislated quotas for the Single/Lower House</t>
   </si>
   <si>
     <t>84 of 279</t>
   </si>
   <si>
     <t>Gender Quota target for the Single/Lower House 22.00%
 Gender Quota target for the Upper House 50.00%
 Gender Quota target for the Sub-national level 50.00%</t>
   </si>
   <si>
     <t>Total # countries with constitutional, electoral or political party quotas: 138</t>
   </si>
   <si>
     <t>Average level of representation for women in countries with quotas: 27%</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -1826,2093 +1824,2093 @@
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>30</v>
       </c>
       <c r="C7" t="s">
         <v>31</v>
       </c>
       <c r="D7" t="s">
         <v>32</v>
       </c>
       <c r="E7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>34</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D8" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E8"/>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D9" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E9"/>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B10" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C10" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C11" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C12" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="D12" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="C13" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D13" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="E13" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B14" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="C14" t="s">
         <v>60</v>
       </c>
       <c r="D14" t="s">
         <v>61</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>63</v>
       </c>
       <c r="B15" t="s">
         <v>21</v>
       </c>
       <c r="C15" t="s">
         <v>64</v>
       </c>
       <c r="D15" t="s">
         <v>65</v>
       </c>
       <c r="E15"/>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>66</v>
       </c>
       <c r="B16" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="C16" t="s">
         <v>67</v>
       </c>
       <c r="D16" t="s">
         <v>68</v>
       </c>
       <c r="E16" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>69</v>
       </c>
       <c r="B17" t="s">
         <v>70</v>
       </c>
       <c r="C17" t="s">
         <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>68</v>
       </c>
       <c r="E17" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>72</v>
       </c>
       <c r="B18" t="s">
         <v>73</v>
       </c>
       <c r="C18" t="s">
         <v>74</v>
       </c>
       <c r="D18" t="s">
         <v>75</v>
       </c>
       <c r="E18" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>77</v>
       </c>
       <c r="B19" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C19" t="s">
         <v>78</v>
       </c>
       <c r="D19" t="s">
         <v>79</v>
       </c>
       <c r="E19" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>80</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
         <v>81</v>
       </c>
       <c r="D20" t="s">
         <v>82</v>
       </c>
       <c r="E20"/>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>83</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>84</v>
       </c>
       <c r="D21" t="s">
         <v>85</v>
       </c>
       <c r="E21"/>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
+        <v>6</v>
+      </c>
+      <c r="C22" t="s">
         <v>87</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>88</v>
       </c>
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
+        <v>90</v>
+      </c>
+      <c r="B23" t="s">
         <v>91</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
       <c r="D23" t="s">
         <v>82</v>
       </c>
       <c r="E23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
+        <v>93</v>
+      </c>
+      <c r="B24" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
       <c r="C24" t="s">
         <v>95</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>97</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
       <c r="C25" t="s">
         <v>99</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E25" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="C26" t="s">
         <v>101</v>
       </c>
       <c r="D26" t="s">
         <v>102</v>
       </c>
       <c r="E26" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>103</v>
       </c>
       <c r="B27" t="s">
         <v>104</v>
       </c>
       <c r="C27" t="s">
         <v>105</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>107</v>
       </c>
       <c r="B28" t="s">
         <v>108</v>
       </c>
       <c r="C28" t="s">
         <v>109</v>
       </c>
       <c r="D28" t="s">
         <v>110</v>
       </c>
       <c r="E28" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E29" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B30" t="s">
-        <v>108</v>
+        <v>70</v>
       </c>
       <c r="C30" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E30" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
         <v>21</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D31" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E31"/>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="C32" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D32" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E32"/>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
         <v>98</v>
       </c>
       <c r="C33" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D33" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E33" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C34" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D34" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E34" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C35" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D35" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E35" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B36" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D36" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E36" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="B37" t="s">
-        <v>137</v>
+        <v>16</v>
       </c>
       <c r="C37" t="s">
         <v>138</v>
       </c>
       <c r="D37" t="s">
         <v>139</v>
       </c>
       <c r="E37" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>140</v>
       </c>
       <c r="B38" t="s">
         <v>21</v>
       </c>
       <c r="C38" t="s">
         <v>141</v>
       </c>
       <c r="D38" t="s">
         <v>142</v>
       </c>
       <c r="E38"/>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C39" t="s">
         <v>144</v>
       </c>
       <c r="D39" t="s">
         <v>145</v>
       </c>
       <c r="E39" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>146</v>
       </c>
       <c r="B40" t="s">
         <v>147</v>
       </c>
       <c r="C40" t="s">
         <v>148</v>
       </c>
       <c r="D40" t="s">
         <v>149</v>
       </c>
       <c r="E40" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>151</v>
       </c>
       <c r="B41" t="s">
         <v>152</v>
       </c>
       <c r="C41" t="s">
         <v>153</v>
       </c>
       <c r="D41" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E41" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>154</v>
       </c>
       <c r="B42" t="s">
-        <v>92</v>
+        <v>155</v>
       </c>
       <c r="C42" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D42" t="s">
         <v>149</v>
       </c>
       <c r="E42" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="B43" t="s">
         <v>21</v>
       </c>
       <c r="C43" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D43" t="s">
         <v>139</v>
       </c>
       <c r="E43"/>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B44" t="s">
         <v>98</v>
       </c>
       <c r="C44" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D44" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B45" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="C45" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D45" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E45" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D46" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E46"/>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B47" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C47" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D47" t="s">
         <v>85</v>
       </c>
       <c r="E47" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B48" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
       <c r="C48" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D48" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E48" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="B49" t="s">
         <v>98</v>
       </c>
       <c r="C49" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D49" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E49" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="B50" t="s">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="C50" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D50" t="s">
         <v>145</v>
       </c>
       <c r="E50" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B51" t="s">
-        <v>11</v>
+        <v>181</v>
       </c>
       <c r="C51" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D51" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E51" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B52" t="s">
         <v>21</v>
       </c>
       <c r="C52" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="D52" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E52"/>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="B53" t="s">
         <v>21</v>
       </c>
       <c r="C53" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="D53" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E53"/>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="B54" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C54" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="D54" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E54" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="B55" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C55" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="D55" t="s">
         <v>149</v>
       </c>
       <c r="E55" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B56" t="s">
         <v>6</v>
       </c>
       <c r="C56" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D56" t="s">
         <v>102</v>
       </c>
       <c r="E56" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B57" t="s">
-        <v>50</v>
+        <v>94</v>
       </c>
       <c r="C57" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D57" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E57" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="B58" t="s">
         <v>21</v>
       </c>
       <c r="C58" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D58" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E58"/>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="B59" t="s">
         <v>108</v>
       </c>
       <c r="C59" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="D59" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E59" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="B60" t="s">
         <v>21</v>
       </c>
       <c r="C60" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D60" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E60"/>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B61" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C61" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D61" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E61" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B62" t="s">
-        <v>87</v>
+        <v>6</v>
       </c>
       <c r="C62" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D62" t="s">
         <v>68</v>
       </c>
       <c r="E62" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="B63" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C63" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D63" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E63" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B64" t="s">
-        <v>108</v>
+        <v>70</v>
       </c>
       <c r="C64" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="D64" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E64" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="B65" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C65" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="D65" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="E65" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B66" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C66" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="D66" t="s">
         <v>149</v>
       </c>
       <c r="E66" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="B67" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C67" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E67" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="B68" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C68" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="D68" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="E68" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="B69" t="s">
         <v>98</v>
       </c>
       <c r="C69" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="D69" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E69" t="s">
-        <v>228</v>
+        <v>231</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="B70" t="s">
         <v>21</v>
       </c>
       <c r="C70" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D70" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E70"/>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="B71" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C71" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="B72" t="s">
         <v>21</v>
       </c>
       <c r="C72" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="D72" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E72"/>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B73" t="s">
         <v>21</v>
       </c>
       <c r="C73" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="D73" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="E73"/>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="B74" t="s">
         <v>104</v>
       </c>
       <c r="C74" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="D74" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="E74" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="B75" t="s">
         <v>11</v>
       </c>
       <c r="C75" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D75" t="s">
         <v>102</v>
       </c>
       <c r="E75" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B76" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C76" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D76" t="s">
         <v>102</v>
       </c>
       <c r="E76" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B77" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C77" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="D77" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E77" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B78" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C78" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D78" t="s">
         <v>68</v>
       </c>
       <c r="E78" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B79" t="s">
         <v>73</v>
       </c>
       <c r="C79" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="D79" t="s">
         <v>18</v>
       </c>
       <c r="E79" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="B80" t="s">
-        <v>137</v>
+        <v>30</v>
       </c>
       <c r="C80" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
       <c r="D80" t="s">
         <v>32</v>
       </c>
       <c r="E80"/>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B81" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C81" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D81" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="E81" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="B82" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C82" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D82" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="E82" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="B83" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C83" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="D83" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E83" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="B84" t="s">
         <v>21</v>
       </c>
       <c r="C84" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="D84" t="s">
         <v>145</v>
       </c>
       <c r="E84"/>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="B85" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C85" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D85" t="s">
         <v>27</v>
       </c>
       <c r="E85" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B86" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C86" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D86" t="s">
         <v>145</v>
       </c>
       <c r="E86" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="B87" t="s">
         <v>21</v>
       </c>
       <c r="C87" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="D87" t="s">
         <v>23</v>
       </c>
       <c r="E87"/>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B88" t="s">
         <v>21</v>
       </c>
       <c r="C88" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="D88" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E88"/>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="B89" t="s">
         <v>6</v>
       </c>
       <c r="C89" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D89" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="E89" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="B90" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C90" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="D90" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E90" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B91" t="s">
-        <v>108</v>
+        <v>70</v>
       </c>
       <c r="C91" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="D91" t="s">
         <v>23</v>
       </c>
       <c r="E91" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="B92" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C92" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D92" t="s">
         <v>75</v>
       </c>
       <c r="E92" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="B93" t="s">
         <v>73</v>
       </c>
       <c r="C93" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D93" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="E93" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="B94" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C94" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D94" t="s">
         <v>149</v>
       </c>
       <c r="E94" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="B95" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C95" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D95" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="E95"/>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="B96" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="C96" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D96" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="E96" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="B97" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C97" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D97" t="s">
         <v>27</v>
       </c>
       <c r="E97" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B98" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C98" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="D98" t="s">
-        <v>134</v>
+        <v>145</v>
       </c>
       <c r="E98"/>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="B99" t="s">
-        <v>25</v>
+        <v>112</v>
       </c>
       <c r="C99" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="D99" t="s">
         <v>142</v>
       </c>
       <c r="E99" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="B100" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="C100" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D100" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E100" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="B101" t="s">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="C101" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="D101" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E101" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B102" t="s">
         <v>21</v>
       </c>
       <c r="C102" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="D102" t="s">
         <v>149</v>
       </c>
       <c r="E102"/>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="B103" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="C103" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D103" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="E103" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B104" t="s">
         <v>98</v>
       </c>
       <c r="C104" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D104" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E104" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B105" t="s">
         <v>98</v>
       </c>
       <c r="C105" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="B106" t="s">
         <v>98</v>
       </c>
       <c r="C106" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="D106" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E106" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="B107" t="s">
         <v>98</v>
       </c>
       <c r="C107" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D107" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E107" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B108" t="s">
         <v>6</v>
       </c>
       <c r="C108" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="D108" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="E108" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="B109" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C109" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D109" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="E109" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="B110" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C110" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="D110" t="s">
         <v>85</v>
       </c>
       <c r="E110" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="B111" t="s">
         <v>21</v>
       </c>
       <c r="C111" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D111" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="E111"/>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="B112" t="s">
         <v>108</v>
       </c>
       <c r="C112" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D112" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E112" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="B113" t="s">
         <v>98</v>
       </c>
       <c r="C113" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D113" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="E113" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="B114" t="s">
-        <v>338</v>
+        <v>52</v>
       </c>
       <c r="C114" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="D114" t="s">
         <v>61</v>
       </c>
       <c r="E114" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="B115" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C115" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D115" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E115" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="B116" t="s">
-        <v>345</v>
+        <v>91</v>
       </c>
       <c r="C116" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D116" t="s">
         <v>139</v>
       </c>
       <c r="E116" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="B117" t="s">
-        <v>348</v>
+        <v>112</v>
       </c>
       <c r="C117" t="s">
         <v>349</v>
       </c>
       <c r="D117" t="s">
         <v>79</v>
       </c>
       <c r="E117" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>351</v>
       </c>
       <c r="B118" t="s">
         <v>104</v>
       </c>
       <c r="C118" t="s">
         <v>352</v>
       </c>
       <c r="D118" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="E118" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
         <v>354</v>
       </c>
       <c r="B119" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C119" t="s">
         <v>355</v>
       </c>
       <c r="D119" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E119" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
         <v>356</v>
       </c>
       <c r="B120" t="s">
         <v>98</v>
       </c>
       <c r="C120" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="D120" t="s">
         <v>145</v>
       </c>
       <c r="E120" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
         <v>357</v>
       </c>
       <c r="B121" t="s">
         <v>21</v>
       </c>
       <c r="C121" t="s">
         <v>358</v>
       </c>
       <c r="D121" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="E121"/>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
         <v>359</v>
       </c>
       <c r="B122" t="s">
         <v>21</v>
       </c>
       <c r="C122" t="s">
         <v>360</v>
       </c>
       <c r="D122" t="s">
         <v>23</v>
       </c>
       <c r="E122"/>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
         <v>361</v>
       </c>
       <c r="B123" t="s">
         <v>6</v>
       </c>
       <c r="C123" t="s">
         <v>362</v>
       </c>
       <c r="D123" t="s">
         <v>27</v>
       </c>
       <c r="E123" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
         <v>364</v>
       </c>
       <c r="B124" t="s">
-        <v>70</v>
+        <v>11</v>
       </c>
       <c r="C124" t="s">
         <v>365</v>
       </c>
       <c r="D124" t="s">
         <v>32</v>
       </c>
       <c r="E124" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
         <v>366</v>
       </c>
       <c r="B125" t="s">
         <v>21</v>
       </c>
       <c r="C125" t="s">
         <v>367</v>
       </c>
       <c r="D125" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E125"/>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
         <v>368</v>
       </c>
       <c r="B126" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C126" t="s">
         <v>369</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
         <v>370</v>
       </c>
       <c r="B127" t="s">
         <v>98</v>
       </c>
       <c r="C127" t="s">
         <v>371</v>
       </c>
       <c r="D127" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="E127" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
         <v>373</v>
       </c>
       <c r="B128" t="s">
         <v>104</v>
       </c>
       <c r="C128" t="s">
         <v>374</v>
       </c>
       <c r="D128" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="E128" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
         <v>375</v>
       </c>
       <c r="B129" t="s">
         <v>21</v>
       </c>
       <c r="C129" t="s">
         <v>376</v>
       </c>
       <c r="D129" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="E129"/>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
         <v>377</v>
       </c>
       <c r="B130" t="s">
         <v>108</v>
       </c>
       <c r="C130" t="s">
         <v>378</v>
       </c>
       <c r="D130" t="s">
         <v>82</v>
       </c>
       <c r="E130" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>380</v>
       </c>
       <c r="B131" t="s">
-        <v>87</v>
+        <v>42</v>
       </c>
       <c r="C131" t="s">
         <v>381</v>
       </c>
       <c r="D131" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="E131" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>382</v>
       </c>
       <c r="B132" t="s">
         <v>98</v>
       </c>
       <c r="C132" t="s">
         <v>383</v>
       </c>
       <c r="D132" t="s">
         <v>18</v>
       </c>
       <c r="E132" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>384</v>
       </c>
       <c r="B133" t="s">
         <v>21</v>
@@ -3925,111 +3923,111 @@
       </c>
       <c r="E133"/>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>386</v>
       </c>
       <c r="B134" t="s">
         <v>387</v>
       </c>
       <c r="C134" t="s">
         <v>388</v>
       </c>
       <c r="D134" t="s">
         <v>142</v>
       </c>
       <c r="E134" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>390</v>
       </c>
       <c r="B135" t="s">
-        <v>87</v>
+        <v>73</v>
       </c>
       <c r="C135" t="s">
         <v>391</v>
       </c>
       <c r="D135" t="s">
         <v>32</v>
       </c>
       <c r="E135" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>392</v>
       </c>
       <c r="B136" t="s">
         <v>104</v>
       </c>
       <c r="C136" t="s">
         <v>393</v>
       </c>
       <c r="D136" t="s">
         <v>394</v>
       </c>
       <c r="E136" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>396</v>
       </c>
       <c r="B137" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C137" t="s">
         <v>397</v>
       </c>
       <c r="D137" t="s">
         <v>145</v>
       </c>
       <c r="E137" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
         <v>399</v>
       </c>
       <c r="B138" t="s">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="C138" t="s">
         <v>400</v>
       </c>
       <c r="D138" t="s">
         <v>142</v>
       </c>
       <c r="E138" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
         <v>401</v>
       </c>
       <c r="B139" t="s">
         <v>402</v>
       </c>
       <c r="C139" t="s">
         <v>403</v>
       </c>
       <c r="D139" t="s">
         <v>85</v>
       </c>
       <c r="E139" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="141" spans="1:5">